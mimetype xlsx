--- v0 (2025-10-19)
+++ v1 (2026-02-07)
@@ -9,59 +9,59 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer" r:id="rId3" sheetId="1"/>
     <sheet name="UBENMA6 Daily Values" r:id="rId4" sheetId="2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8745" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8897" uniqueCount="8">
   <si>
     <t/>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Source: UBS, MerQube.&lt;br/&gt; Data collected from June 18, 2008 to October 17, 2025. The UBS Multi Asset Engle 6% Index is live since July 16, 2025, any data shown prior to the live date is simulated. Past performance is no indication or guarantee of future performance. The return results provided herein are illustrative only and were derived by means of a retroactive application of a back-casted model designed with the benefit of hindsight. These back-casted, hypothetical, historical annualized Index returns have inherent limitations. No representation is made that in the future the Index will have the returns shown. Alternative modeling techniques or assumptions might produce significantly different results and may prove to be more appropriate. Actual annualized returns may vary materially from this analysis. The Index could underperform relative to other indices, including equity indices. In addition, the Index is an excess return index and is comprised of futures contracts, which include implicit financing costs. The financing cost reflects the cost of funding a hypothetical investment in the asset underlying a futures contract. Any increase in market interest rates is expected to increase this implicit financing cost. Such implicit financing costs will adversely affect the performance of relevant future contract and of the Index consequently.</t>
+    <t>Source: UBS, MerQube.&lt;br/&gt; Data collected from June 18, 2008 to February 6, 2026. The UBS Multi Asset Engle 6% Index is live since July 16, 2025, any data shown prior to the live date is simulated. Past performance is no indication or guarantee of future performance. The return results provided herein are illustrative only and were derived by means of a retroactive application of a back-casted model designed with the benefit of hindsight. These back-casted, hypothetical, historical annualized Index returns have inherent limitations. No representation is made that in the future the Index will have the returns shown. Alternative modeling techniques or assumptions might produce significantly different results and may prove to be more appropriate. Actual annualized returns may vary materially from this analysis. The Index could underperform relative to other indices, including equity indices. In addition, the Index is an excess return index and is comprised of futures contracts, which include implicit financing costs. The financing cost reflects the cost of funding a hypothetical investment in the asset underlying a futures contract. Any increase in market interest rates is expected to increase this implicit financing cost. Such implicit financing costs will adversely affect the performance of relevant future contract and of the Index consequently.</t>
   </si>
   <si>
     <t>Date (mm-dd-yyyy)</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Simulated</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm-dd-yyyy"/>
   </numFmts>
   <fonts count="5">
@@ -207,51 +207,51 @@
       </c>
       <c r="C3" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4" ht="600.0" customHeight="true">
       <c r="A4" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5" ht="600.0" customHeight="true"/>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C4363"/>
+  <dimension ref="A1:C4439"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" hidden="false" width="18.0" customWidth="true"/>
     <col min="2" max="2" hidden="false" width="12.0" customWidth="true"/>
     <col min="3" max="3" hidden="false" width="10.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.0" customHeight="true">
       <c r="A1" t="s" s="4">
         <v>3</v>
       </c>
       <c r="B1" t="s" s="5">
         <v>4</v>
       </c>
       <c r="C1" t="s" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="2" ht="15.0" customHeight="true">
       <c r="A2" t="n" s="4">
         <v>39617.0</v>
       </c>
@@ -48208,50 +48208,886 @@
         <v>394.59142739556023</v>
       </c>
       <c r="C4361" t="s" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="4362" ht="15.0" customHeight="true">
       <c r="A4362" t="n" s="4">
         <v>45946.0</v>
       </c>
       <c r="B4362" t="n" s="5">
         <v>396.42685114345585</v>
       </c>
       <c r="C4362" t="s" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="4363" ht="15.0" customHeight="true">
       <c r="A4363" t="n" s="4">
         <v>45947.0</v>
       </c>
       <c r="B4363" t="n" s="5">
         <v>395.32746802199455</v>
       </c>
       <c r="C4363" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4364" ht="15.0" customHeight="true">
+      <c r="A4364" t="n" s="4">
+        <v>45950.0</v>
+      </c>
+      <c r="B4364" t="n" s="5">
+        <v>397.99476683223065</v>
+      </c>
+      <c r="C4364" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4365" ht="15.0" customHeight="true">
+      <c r="A4365" t="n" s="4">
+        <v>45951.0</v>
+      </c>
+      <c r="B4365" t="n" s="5">
+        <v>396.94137291316315</v>
+      </c>
+      <c r="C4365" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4366" ht="15.0" customHeight="true">
+      <c r="A4366" t="n" s="4">
+        <v>45952.0</v>
+      </c>
+      <c r="B4366" t="n" s="5">
+        <v>395.38331587423045</v>
+      </c>
+      <c r="C4366" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4367" ht="15.0" customHeight="true">
+      <c r="A4367" t="n" s="4">
+        <v>45953.0</v>
+      </c>
+      <c r="B4367" t="n" s="5">
+        <v>396.07144053727205</v>
+      </c>
+      <c r="C4367" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4368" ht="15.0" customHeight="true">
+      <c r="A4368" t="n" s="4">
+        <v>45954.0</v>
+      </c>
+      <c r="B4368" t="n" s="5">
+        <v>396.9436219403387</v>
+      </c>
+      <c r="C4368" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4369" ht="15.0" customHeight="true">
+      <c r="A4369" t="n" s="4">
+        <v>45957.0</v>
+      </c>
+      <c r="B4369" t="n" s="5">
+        <v>398.0112820148705</v>
+      </c>
+      <c r="C4369" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4370" ht="15.0" customHeight="true">
+      <c r="A4370" t="n" s="4">
+        <v>45958.0</v>
+      </c>
+      <c r="B4370" t="n" s="5">
+        <v>398.801048188048</v>
+      </c>
+      <c r="C4370" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4371" ht="15.0" customHeight="true">
+      <c r="A4371" t="n" s="4">
+        <v>45959.0</v>
+      </c>
+      <c r="B4371" t="n" s="5">
+        <v>396.8049350191104</v>
+      </c>
+      <c r="C4371" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4372" ht="15.0" customHeight="true">
+      <c r="A4372" t="n" s="4">
+        <v>45960.0</v>
+      </c>
+      <c r="B4372" t="n" s="5">
+        <v>393.8613433300379</v>
+      </c>
+      <c r="C4372" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4373" ht="15.0" customHeight="true">
+      <c r="A4373" t="n" s="4">
+        <v>45961.0</v>
+      </c>
+      <c r="B4373" t="n" s="5">
+        <v>394.20983127962916</v>
+      </c>
+      <c r="C4373" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4374" ht="15.0" customHeight="true">
+      <c r="A4374" t="n" s="4">
+        <v>45964.0</v>
+      </c>
+      <c r="B4374" t="n" s="5">
+        <v>394.1428809604045</v>
+      </c>
+      <c r="C4374" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4375" ht="15.0" customHeight="true">
+      <c r="A4375" t="n" s="4">
+        <v>45965.0</v>
+      </c>
+      <c r="B4375" t="n" s="5">
+        <v>391.9443524515374</v>
+      </c>
+      <c r="C4375" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4376" ht="15.0" customHeight="true">
+      <c r="A4376" t="n" s="4">
+        <v>45966.0</v>
+      </c>
+      <c r="B4376" t="n" s="5">
+        <v>391.8652170137549</v>
+      </c>
+      <c r="C4376" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4377" ht="15.0" customHeight="true">
+      <c r="A4377" t="n" s="4">
+        <v>45967.0</v>
+      </c>
+      <c r="B4377" t="n" s="5">
+        <v>390.62208777514803</v>
+      </c>
+      <c r="C4377" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4378" ht="15.0" customHeight="true">
+      <c r="A4378" t="n" s="4">
+        <v>45968.0</v>
+      </c>
+      <c r="B4378" t="n" s="5">
+        <v>389.6153721469663</v>
+      </c>
+      <c r="C4378" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4379" ht="15.0" customHeight="true">
+      <c r="A4379" t="n" s="4">
+        <v>45971.0</v>
+      </c>
+      <c r="B4379" t="n" s="5">
+        <v>392.1055096526172</v>
+      </c>
+      <c r="C4379" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4380" ht="15.0" customHeight="true">
+      <c r="A4380" t="n" s="4">
+        <v>45972.0</v>
+      </c>
+      <c r="B4380" t="n" s="5">
+        <v>393.1254809902929</v>
+      </c>
+      <c r="C4380" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4381" ht="15.0" customHeight="true">
+      <c r="A4381" t="n" s="4">
+        <v>45973.0</v>
+      </c>
+      <c r="B4381" t="n" s="5">
+        <v>394.1222279341886</v>
+      </c>
+      <c r="C4381" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4382" ht="15.0" customHeight="true">
+      <c r="A4382" t="n" s="4">
+        <v>45974.0</v>
+      </c>
+      <c r="B4382" t="n" s="5">
+        <v>389.4485128827545</v>
+      </c>
+      <c r="C4382" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4383" ht="15.0" customHeight="true">
+      <c r="A4383" t="n" s="4">
+        <v>45975.0</v>
+      </c>
+      <c r="B4383" t="n" s="5">
+        <v>387.259232689419</v>
+      </c>
+      <c r="C4383" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4384" ht="15.0" customHeight="true">
+      <c r="A4384" t="n" s="4">
+        <v>45978.0</v>
+      </c>
+      <c r="B4384" t="n" s="5">
+        <v>386.47034822309604</v>
+      </c>
+      <c r="C4384" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4385" ht="15.0" customHeight="true">
+      <c r="A4385" t="n" s="4">
+        <v>45979.0</v>
+      </c>
+      <c r="B4385" t="n" s="5">
+        <v>386.1238884656269</v>
+      </c>
+      <c r="C4385" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4386" ht="15.0" customHeight="true">
+      <c r="A4386" t="n" s="4">
+        <v>45980.0</v>
+      </c>
+      <c r="B4386" t="n" s="5">
+        <v>386.24433728622006</v>
+      </c>
+      <c r="C4386" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4387" ht="15.0" customHeight="true">
+      <c r="A4387" t="n" s="4">
+        <v>45981.0</v>
+      </c>
+      <c r="B4387" t="n" s="5">
+        <v>385.5711124451553</v>
+      </c>
+      <c r="C4387" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4388" ht="15.0" customHeight="true">
+      <c r="A4388" t="n" s="4">
+        <v>45982.0</v>
+      </c>
+      <c r="B4388" t="n" s="5">
+        <v>387.284890520043</v>
+      </c>
+      <c r="C4388" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4389" ht="15.0" customHeight="true">
+      <c r="A4389" t="n" s="4">
+        <v>45985.0</v>
+      </c>
+      <c r="B4389" t="n" s="5">
+        <v>388.7977730074079</v>
+      </c>
+      <c r="C4389" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4390" ht="15.0" customHeight="true">
+      <c r="A4390" t="n" s="4">
+        <v>45986.0</v>
+      </c>
+      <c r="B4390" t="n" s="5">
+        <v>390.6954424383199</v>
+      </c>
+      <c r="C4390" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4391" ht="15.0" customHeight="true">
+      <c r="A4391" t="n" s="4">
+        <v>45987.0</v>
+      </c>
+      <c r="B4391" t="n" s="5">
+        <v>391.6430167177131</v>
+      </c>
+      <c r="C4391" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4392" ht="15.0" customHeight="true">
+      <c r="A4392" t="n" s="4">
+        <v>45989.0</v>
+      </c>
+      <c r="B4392" t="n" s="5">
+        <v>391.83603144673276</v>
+      </c>
+      <c r="C4392" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4393" ht="15.0" customHeight="true">
+      <c r="A4393" t="n" s="4">
+        <v>45992.0</v>
+      </c>
+      <c r="B4393" t="n" s="5">
+        <v>390.0749216398821</v>
+      </c>
+      <c r="C4393" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4394" ht="15.0" customHeight="true">
+      <c r="A4394" t="n" s="4">
+        <v>45993.0</v>
+      </c>
+      <c r="B4394" t="n" s="5">
+        <v>390.06138079494775</v>
+      </c>
+      <c r="C4394" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4395" ht="15.0" customHeight="true">
+      <c r="A4395" t="n" s="4">
+        <v>45994.0</v>
+      </c>
+      <c r="B4395" t="n" s="5">
+        <v>391.24536944103505</v>
+      </c>
+      <c r="C4395" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4396" ht="15.0" customHeight="true">
+      <c r="A4396" t="n" s="4">
+        <v>45995.0</v>
+      </c>
+      <c r="B4396" t="n" s="5">
+        <v>390.23836625408404</v>
+      </c>
+      <c r="C4396" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4397" ht="15.0" customHeight="true">
+      <c r="A4397" t="n" s="4">
+        <v>45996.0</v>
+      </c>
+      <c r="B4397" t="n" s="5">
+        <v>390.0964962944195</v>
+      </c>
+      <c r="C4397" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4398" ht="15.0" customHeight="true">
+      <c r="A4398" t="n" s="4">
+        <v>45999.0</v>
+      </c>
+      <c r="B4398" t="n" s="5">
+        <v>388.3579158151555</v>
+      </c>
+      <c r="C4398" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4399" ht="15.0" customHeight="true">
+      <c r="A4399" t="n" s="4">
+        <v>46000.0</v>
+      </c>
+      <c r="B4399" t="n" s="5">
+        <v>388.1808395889812</v>
+      </c>
+      <c r="C4399" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4400" ht="15.0" customHeight="true">
+      <c r="A4400" t="n" s="4">
+        <v>46001.0</v>
+      </c>
+      <c r="B4400" t="n" s="5">
+        <v>390.38775206792445</v>
+      </c>
+      <c r="C4400" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4401" ht="15.0" customHeight="true">
+      <c r="A4401" t="n" s="4">
+        <v>46002.0</v>
+      </c>
+      <c r="B4401" t="n" s="5">
+        <v>391.8291400955769</v>
+      </c>
+      <c r="C4401" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4402" ht="15.0" customHeight="true">
+      <c r="A4402" t="n" s="4">
+        <v>46003.0</v>
+      </c>
+      <c r="B4402" t="n" s="5">
+        <v>389.8571784766801</v>
+      </c>
+      <c r="C4402" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4403" ht="15.0" customHeight="true">
+      <c r="A4403" t="n" s="4">
+        <v>46006.0</v>
+      </c>
+      <c r="B4403" t="n" s="5">
+        <v>389.81967367141567</v>
+      </c>
+      <c r="C4403" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4404" ht="15.0" customHeight="true">
+      <c r="A4404" t="n" s="4">
+        <v>46007.0</v>
+      </c>
+      <c r="B4404" t="n" s="5">
+        <v>389.5900153842341</v>
+      </c>
+      <c r="C4404" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4405" ht="15.0" customHeight="true">
+      <c r="A4405" t="n" s="4">
+        <v>46008.0</v>
+      </c>
+      <c r="B4405" t="n" s="5">
+        <v>388.0339021564543</v>
+      </c>
+      <c r="C4405" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4406" ht="15.0" customHeight="true">
+      <c r="A4406" t="n" s="4">
+        <v>46009.0</v>
+      </c>
+      <c r="B4406" t="n" s="5">
+        <v>389.0863286047171</v>
+      </c>
+      <c r="C4406" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4407" ht="15.0" customHeight="true">
+      <c r="A4407" t="n" s="4">
+        <v>46010.0</v>
+      </c>
+      <c r="B4407" t="n" s="5">
+        <v>390.2030648134181</v>
+      </c>
+      <c r="C4407" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4408" ht="15.0" customHeight="true">
+      <c r="A4408" t="n" s="4">
+        <v>46013.0</v>
+      </c>
+      <c r="B4408" t="n" s="5">
+        <v>391.620916988482</v>
+      </c>
+      <c r="C4408" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4409" ht="15.0" customHeight="true">
+      <c r="A4409" t="n" s="4">
+        <v>46014.0</v>
+      </c>
+      <c r="B4409" t="n" s="5">
+        <v>392.9633849835773</v>
+      </c>
+      <c r="C4409" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4410" ht="15.0" customHeight="true">
+      <c r="A4410" t="n" s="4">
+        <v>46015.0</v>
+      </c>
+      <c r="B4410" t="n" s="5">
+        <v>393.87503767977665</v>
+      </c>
+      <c r="C4410" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4411" ht="15.0" customHeight="true">
+      <c r="A4411" t="n" s="4">
+        <v>46017.0</v>
+      </c>
+      <c r="B4411" t="n" s="5">
+        <v>394.30646065380375</v>
+      </c>
+      <c r="C4411" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4412" ht="15.0" customHeight="true">
+      <c r="A4412" t="n" s="4">
+        <v>46020.0</v>
+      </c>
+      <c r="B4412" t="n" s="5">
+        <v>391.34134676569937</v>
+      </c>
+      <c r="C4412" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4413" ht="15.0" customHeight="true">
+      <c r="A4413" t="n" s="4">
+        <v>46021.0</v>
+      </c>
+      <c r="B4413" t="n" s="5">
+        <v>391.4604314108205</v>
+      </c>
+      <c r="C4413" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4414" ht="15.0" customHeight="true">
+      <c r="A4414" t="n" s="4">
+        <v>46022.0</v>
+      </c>
+      <c r="B4414" t="n" s="5">
+        <v>389.33980938128246</v>
+      </c>
+      <c r="C4414" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4415" ht="15.0" customHeight="true">
+      <c r="A4415" t="n" s="4">
+        <v>46024.0</v>
+      </c>
+      <c r="B4415" t="n" s="5">
+        <v>389.0235694783737</v>
+      </c>
+      <c r="C4415" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4416" ht="15.0" customHeight="true">
+      <c r="A4416" t="n" s="4">
+        <v>46027.0</v>
+      </c>
+      <c r="B4416" t="n" s="5">
+        <v>391.63447913648156</v>
+      </c>
+      <c r="C4416" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4417" ht="15.0" customHeight="true">
+      <c r="A4417" t="n" s="4">
+        <v>46028.0</v>
+      </c>
+      <c r="B4417" t="n" s="5">
+        <v>392.65668539775464</v>
+      </c>
+      <c r="C4417" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4418" ht="15.0" customHeight="true">
+      <c r="A4418" t="n" s="4">
+        <v>46029.0</v>
+      </c>
+      <c r="B4418" t="n" s="5">
+        <v>391.72754769440405</v>
+      </c>
+      <c r="C4418" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4419" ht="15.0" customHeight="true">
+      <c r="A4419" t="n" s="4">
+        <v>46030.0</v>
+      </c>
+      <c r="B4419" t="n" s="5">
+        <v>391.6628254812945</v>
+      </c>
+      <c r="C4419" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4420" ht="15.0" customHeight="true">
+      <c r="A4420" t="n" s="4">
+        <v>46031.0</v>
+      </c>
+      <c r="B4420" t="n" s="5">
+        <v>393.5423828422648</v>
+      </c>
+      <c r="C4420" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4421" ht="15.0" customHeight="true">
+      <c r="A4421" t="n" s="4">
+        <v>46034.0</v>
+      </c>
+      <c r="B4421" t="n" s="5">
+        <v>394.3418330641389</v>
+      </c>
+      <c r="C4421" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4422" ht="15.0" customHeight="true">
+      <c r="A4422" t="n" s="4">
+        <v>46035.0</v>
+      </c>
+      <c r="B4422" t="n" s="5">
+        <v>393.50373246794817</v>
+      </c>
+      <c r="C4422" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4423" ht="15.0" customHeight="true">
+      <c r="A4423" t="n" s="4">
+        <v>46036.0</v>
+      </c>
+      <c r="B4423" t="n" s="5">
+        <v>392.37944021266793</v>
+      </c>
+      <c r="C4423" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4424" ht="15.0" customHeight="true">
+      <c r="A4424" t="n" s="4">
+        <v>46037.0</v>
+      </c>
+      <c r="B4424" t="n" s="5">
+        <v>393.32461349232995</v>
+      </c>
+      <c r="C4424" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4425" ht="15.0" customHeight="true">
+      <c r="A4425" t="n" s="4">
+        <v>46038.0</v>
+      </c>
+      <c r="B4425" t="n" s="5">
+        <v>393.2144740064038</v>
+      </c>
+      <c r="C4425" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4426" ht="15.0" customHeight="true">
+      <c r="A4426" t="n" s="4">
+        <v>46042.0</v>
+      </c>
+      <c r="B4426" t="n" s="5">
+        <v>391.1830105608063</v>
+      </c>
+      <c r="C4426" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4427" ht="15.0" customHeight="true">
+      <c r="A4427" t="n" s="4">
+        <v>46043.0</v>
+      </c>
+      <c r="B4427" t="n" s="5">
+        <v>393.08460960353005</v>
+      </c>
+      <c r="C4427" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4428" ht="15.0" customHeight="true">
+      <c r="A4428" t="n" s="4">
+        <v>46044.0</v>
+      </c>
+      <c r="B4428" t="n" s="5">
+        <v>393.9298883404427</v>
+      </c>
+      <c r="C4428" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4429" ht="15.0" customHeight="true">
+      <c r="A4429" t="n" s="4">
+        <v>46045.0</v>
+      </c>
+      <c r="B4429" t="n" s="5">
+        <v>394.38226779166536</v>
+      </c>
+      <c r="C4429" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4430" ht="15.0" customHeight="true">
+      <c r="A4430" t="n" s="4">
+        <v>46048.0</v>
+      </c>
+      <c r="B4430" t="n" s="5">
+        <v>395.4576173567211</v>
+      </c>
+      <c r="C4430" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4431" ht="15.0" customHeight="true">
+      <c r="A4431" t="n" s="4">
+        <v>46049.0</v>
+      </c>
+      <c r="B4431" t="n" s="5">
+        <v>396.30868826696803</v>
+      </c>
+      <c r="C4431" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4432" ht="15.0" customHeight="true">
+      <c r="A4432" t="n" s="4">
+        <v>46050.0</v>
+      </c>
+      <c r="B4432" t="n" s="5">
+        <v>397.31497417483246</v>
+      </c>
+      <c r="C4432" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4433" ht="15.0" customHeight="true">
+      <c r="A4433" t="n" s="4">
+        <v>46051.0</v>
+      </c>
+      <c r="B4433" t="n" s="5">
+        <v>395.65436713205827</v>
+      </c>
+      <c r="C4433" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4434" ht="15.0" customHeight="true">
+      <c r="A4434" t="n" s="4">
+        <v>46052.0</v>
+      </c>
+      <c r="B4434" t="n" s="5">
+        <v>393.9094598558793</v>
+      </c>
+      <c r="C4434" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4435" ht="15.0" customHeight="true">
+      <c r="A4435" t="n" s="4">
+        <v>46055.0</v>
+      </c>
+      <c r="B4435" t="n" s="5">
+        <v>394.151310436383</v>
+      </c>
+      <c r="C4435" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4436" ht="15.0" customHeight="true">
+      <c r="A4436" t="n" s="4">
+        <v>46056.0</v>
+      </c>
+      <c r="B4436" t="n" s="5">
+        <v>393.41409398320195</v>
+      </c>
+      <c r="C4436" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4437" ht="15.0" customHeight="true">
+      <c r="A4437" t="n" s="4">
+        <v>46057.0</v>
+      </c>
+      <c r="B4437" t="n" s="5">
+        <v>392.9085887187145</v>
+      </c>
+      <c r="C4437" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4438" ht="15.0" customHeight="true">
+      <c r="A4438" t="n" s="4">
+        <v>46058.0</v>
+      </c>
+      <c r="B4438" t="n" s="5">
+        <v>391.08034612448324</v>
+      </c>
+      <c r="C4438" t="s" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4439" ht="15.0" customHeight="true">
+      <c r="A4439" t="n" s="4">
+        <v>46059.0</v>
+      </c>
+      <c r="B4439" t="n" s="5">
+        <v>393.37263315680883</v>
+      </c>
+      <c r="C4439" t="s" s="6">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <headerFooter>
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>